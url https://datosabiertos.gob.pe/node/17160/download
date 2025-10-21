--- v0 (2025-10-20)
+++ v1 (2025-10-21)
@@ -12,52 +12,50 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="2B2CF1CA" w14:textId="7101A6A4" w:rsidR="0095347C" w:rsidRPr="00717CED" w:rsidRDefault="00EC7A87" w:rsidP="00EC7A87">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F0CA5" w:rsidRPr="00717CED">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>METADATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6FA515" w14:textId="291CF929" w:rsidR="009F0CA5" w:rsidRPr="009F0CA5" w:rsidRDefault="009F0CA5">
       <w:pPr>
@@ -728,74 +726,70 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Última actualización</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B051219" w14:textId="612C4ECB" w:rsidR="00CD25C2" w:rsidRDefault="00AC363D" w:rsidP="0016303C">
+          <w:p w14:paraId="1B051219" w14:textId="68349E6A" w:rsidR="00CD25C2" w:rsidRDefault="00E96F19" w:rsidP="0016303C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
-              <w:t>2025-0</w:t>
-[...7 lines deleted...]
-            <w:r>
+              <w:t>2025-10</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC363D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>-12</w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="3F74AE2E" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59316C5D" w14:textId="137D6F15" w:rsidR="00CD25C2" w:rsidRDefault="00CD25C2" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
@@ -834,51 +828,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F0CA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Licencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7484" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRDefault="00260659" w:rsidP="00CD25C2">
+          <w:p w14:paraId="2A8300A7" w14:textId="2B67E942" w:rsidR="00CD25C2" w:rsidRDefault="00E96F19" w:rsidP="00CD25C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="00CD25C2" w:rsidRPr="009F0CA5">
                 <w:rPr>
                   <w:rStyle w:val="Hipervnculo"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:color w:val="0A77BD"/>
                   <w:kern w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>Open Data Commons Attribution License</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD25C2" w14:paraId="50813B98" w14:textId="77777777" w:rsidTr="00DD0453">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1212,53 +1206,52 @@
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="2A611634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4B0CD6E"/>
     <w:lvl w:ilvl="0" w:tplc="280A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1812,51 +1805,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="220"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053263F"/>
     <w:rsid w:val="000C4B00"/>
     <w:rsid w:val="00116DF8"/>
     <w:rsid w:val="00116F57"/>
     <w:rsid w:val="0016303C"/>
     <w:rsid w:val="00182C03"/>
     <w:rsid w:val="002031C5"/>
     <w:rsid w:val="0020585A"/>
     <w:rsid w:val="00260659"/>
     <w:rsid w:val="0027054D"/>
     <w:rsid w:val="00285EDD"/>
     <w:rsid w:val="00297BE5"/>
     <w:rsid w:val="002A3716"/>
@@ -1900,50 +1893,51 @@
     <w:rsid w:val="0095653D"/>
     <w:rsid w:val="00962F24"/>
     <w:rsid w:val="009A7FF5"/>
     <w:rsid w:val="009B0AA2"/>
     <w:rsid w:val="009F0CA5"/>
     <w:rsid w:val="00A85251"/>
     <w:rsid w:val="00AC363D"/>
     <w:rsid w:val="00B27C25"/>
     <w:rsid w:val="00B42042"/>
     <w:rsid w:val="00B6616D"/>
     <w:rsid w:val="00BE2CC3"/>
     <w:rsid w:val="00C36EEF"/>
     <w:rsid w:val="00C7105B"/>
     <w:rsid w:val="00C961F8"/>
     <w:rsid w:val="00CA03E5"/>
     <w:rsid w:val="00CD25C2"/>
     <w:rsid w:val="00CF253A"/>
     <w:rsid w:val="00D00322"/>
     <w:rsid w:val="00D1314D"/>
     <w:rsid w:val="00D269D2"/>
     <w:rsid w:val="00D5559D"/>
     <w:rsid w:val="00D9001A"/>
     <w:rsid w:val="00D957C7"/>
     <w:rsid w:val="00DA6578"/>
     <w:rsid w:val="00DF5268"/>
+    <w:rsid w:val="00E96F19"/>
     <w:rsid w:val="00EB1A82"/>
     <w:rsid w:val="00EB70F3"/>
     <w:rsid w:val="00EC07E6"/>
     <w:rsid w:val="00EC444B"/>
     <w:rsid w:val="00EC7A87"/>
     <w:rsid w:val="00EE5153"/>
     <w:rsid w:val="00F1229D"/>
     <w:rsid w:val="00F46F7C"/>
     <w:rsid w:val="00F66923"/>
     <w:rsid w:val="00F71199"/>
     <w:rsid w:val="00FA048A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>